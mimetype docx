--- v0 (2025-10-10)
+++ v1 (2025-12-04)
@@ -2052,53 +2052,53 @@
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284" w:leader="none"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_606598611"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_606598611"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_105977606"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_105977606"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_105977606"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Apposizione della menzione dell’accompagnatore/i sul passaporto del minore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402" w:leader="none"/>
         </w:tabs>
@@ -2127,53 +2127,53 @@
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284" w:leader="none"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_606598611"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_606598611"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_105977606"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_105977606"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_105977606"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Rilascio di un’attestazione riportante i dati sopra riportati. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402" w:leader="none"/>
         </w:tabs>