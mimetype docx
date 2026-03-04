--- v1 (2025-12-04)
+++ v2 (2026-03-04)
@@ -2052,53 +2052,53 @@
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284" w:leader="none"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_105977606"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_105977606"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1520490592"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1520490592"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1520490592"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Apposizione della menzione dell’accompagnatore/i sul passaporto del minore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402" w:leader="none"/>
         </w:tabs>
@@ -2127,53 +2127,53 @@
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284" w:leader="none"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_105977606"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_105977606"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1520490592"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1520490592"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1520490592"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Rilascio di un’attestazione riportante i dati sopra riportati. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402" w:leader="none"/>
         </w:tabs>